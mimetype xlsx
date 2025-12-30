--- v0 (2025-10-21)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Date indicative de mise en œuvre</t>
   </si>
   <si>
     <t>Date définitive de mise en œuvre</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
@@ -99,70 +99,73 @@
     <t>28 mai 2021</t>
   </si>
   <si>
     <t>30 juin 2024</t>
   </si>
   <si>
     <t>WB</t>
   </si>
   <si>
     <t>•	Confier à un rédacteur juridique la tâche d'établir un document juridique ou administratif afférent à cette mesure.
 •	Assistance technique pour l'élaboration et l'administration du système.</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
     <t>28 mai 2025</t>
   </si>
   <si>
-    <t>31 décembre 2025</t>
+    <t>30 juin 2027</t>
   </si>
   <si>
     <t>Non</t>
   </si>
   <si>
     <t>Assistance juridique et réglementaire:
 •	Loi sur les animaux (mouvements nationaux et internationaux et prévention des maladies)
 •	Loi sur la protection phytosanitaire
 Analyse du processus opérationnel:
 •	Établissement de domaines de responsabilité clairs et de mécanismes pour l'exécution des tâches et attributions y relatives, y compris concernant la validité des essais de confirmation dans tout le pays et la procédure de notification du composant dans le pays exportateur.
 •	Élaboration et validation d'un manuel de procédures opérationnelles normalisées concernant l'alerte/l'alerte rapide à l'importation, y compris une proposition en matière de coordination entre les organismes présents aux frontières. Diffusion du manuel, si possible au moyen d'un site Web, auprès des organismes concernés en vue de clarifier leurs interventions respectives.
 Formation et renforcement des capacités:
 •	Formation et renforcement des capacités pour les essais de confirmation concernant les produits faisant potentiellement l'objet d'alertes et d'alertes rapides. Organisation de séminaires pour les agents sur l'organisation des procédures d'inspection, pour le personnel technique dans les domaines des laboratoires et de la gestion des laboratoires, des règles, des pratiques et de l'utilisation du matériel conformément aux normes internationales. Organisation de séminaires ciblés pour les opérateurs économiques.</t>
   </si>
   <si>
     <t>6.1.1, 6.1.2, 6.1.3, 6.1.4</t>
   </si>
   <si>
     <t xml:space="preserve">Disciplines générales concernant les redevances et impositions </t>
+  </si>
+  <si>
+    <t>31 décembre 2025</t>
   </si>
   <si>
     <t>31 décembre 2030</t>
   </si>
   <si>
     <t>•	Examen de la Loi sur la redevance pour services fournis</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire</t>
   </si>
   <si>
     <t>6.2 (i), 6.2 (ii)</t>
   </si>
   <si>
     <t xml:space="preserve">Disciplines spécifiques concernant les redevances et impositions </t>
   </si>
   <si>
     <t>7.4.1, 7.4.2, 7.4.3, 7.4.4</t>
   </si>
   <si>
     <t>Gestion des risques</t>
   </si>
   <si>
     <t>30 avril 2020</t>
   </si>
@@ -721,275 +724,275 @@
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>6.1</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="I5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>6.2</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="I6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>7.4</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>28</v>
       </c>
       <c r="I7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>7.6</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>7.7</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>28</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>7.9</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>28</v>
       </c>
       <c r="I10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>10.2</v>
       </c>
       <c r="B11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>28</v>
       </c>
       <c r="I11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>10.4</v>
       </c>
       <c r="B12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">