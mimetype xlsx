--- v1 (2025-12-30)
+++ v2 (2026-02-02)
@@ -80,73 +80,73 @@
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>•	Formation du personnel dans le domaine de la fourniture de services.
 •	Établissement de lignes directrices pour la procédure dans son intégralité (de la réception de la demande à la communication des réponses aux demandeurs).
 •	Élaboration et utilisation de modèles pour la communication.
 •	Établissement de normes et procédures de contrôle de la qualité, y compris de délais fixes pour les réponses.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Décisions anticipées</t>
   </si>
   <si>
     <t>28 mai 2021</t>
   </si>
   <si>
     <t>30 juin 2024</t>
   </si>
   <si>
-    <t>WB</t>
+    <t>WB, WB</t>
   </si>
   <si>
     <t>•	Confier à un rédacteur juridique la tâche d'établir un document juridique ou administratif afférent à cette mesure.
 •	Assistance technique pour l'élaboration et l'administration du système.</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
     <t>28 mai 2025</t>
   </si>
   <si>
     <t>30 juin 2027</t>
   </si>
   <si>
-    <t>Non</t>
+    <t>WB</t>
   </si>
   <si>
     <t>Assistance juridique et réglementaire:
 •	Loi sur les animaux (mouvements nationaux et internationaux et prévention des maladies)
 •	Loi sur la protection phytosanitaire
 Analyse du processus opérationnel:
 •	Établissement de domaines de responsabilité clairs et de mécanismes pour l'exécution des tâches et attributions y relatives, y compris concernant la validité des essais de confirmation dans tout le pays et la procédure de notification du composant dans le pays exportateur.
 •	Élaboration et validation d'un manuel de procédures opérationnelles normalisées concernant l'alerte/l'alerte rapide à l'importation, y compris une proposition en matière de coordination entre les organismes présents aux frontières. Diffusion du manuel, si possible au moyen d'un site Web, auprès des organismes concernés en vue de clarifier leurs interventions respectives.
 Formation et renforcement des capacités:
 •	Formation et renforcement des capacités pour les essais de confirmation concernant les produits faisant potentiellement l'objet d'alertes et d'alertes rapides. Organisation de séminaires pour les agents sur l'organisation des procédures d'inspection, pour le personnel technique dans les domaines des laboratoires et de la gestion des laboratoires, des règles, des pratiques et de l'utilisation du matériel conformément aux normes internationales. Organisation de séminaires ciblés pour les opérateurs économiques.</t>
   </si>
   <si>
     <t>6.1.1, 6.1.2, 6.1.3, 6.1.4</t>
   </si>
   <si>
     <t xml:space="preserve">Disciplines générales concernant les redevances et impositions </t>
   </si>
   <si>
     <t>31 décembre 2025</t>
   </si>
   <si>
     <t>31 décembre 2030</t>
   </si>
   <si>
     <t>•	Examen de la Loi sur la redevance pour services fournis</t>
@@ -166,51 +166,51 @@
   <si>
     <t>Gestion des risques</t>
   </si>
   <si>
     <t>30 avril 2020</t>
   </si>
   <si>
     <t>•	Formation requise en matière d'évaluation et de gestion des risques, pour permettre une meilleure identification, analyse, évaluation et gestion de ceux-ci.</t>
   </si>
   <si>
     <t>Diagnostic et evaluation des besoins, Ressources humaines et formation</t>
   </si>
   <si>
     <t>7.6.1, 7.6.2</t>
   </si>
   <si>
     <t>Temps moyens nécessaires à la mainlevée</t>
   </si>
   <si>
     <t>28 juillet 2028</t>
   </si>
   <si>
     <t>31 décembre 2023</t>
   </si>
   <si>
-    <t>ICRF</t>
+    <t>ICRF, ICRF</t>
   </si>
   <si>
     <t>•	Élaboration d'un document juridique ou administratif traitant des temps moyens nécessaires à la mainlevée.
 •	Examen et actualisation du cadre juridique/réglementaire pour permettre une circulation fluide des renseignements et la coordination entre les organismes intervenant dans les opérations transfrontières.
 Formation et renforcement des capacités:
 •	Formation et renforcement des capacités en matière d'interprétation des résultats des études pour le personnel/les agents des organismes concernés et pour les opérateurs économiques.</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Diagnostic et evaluation des besoins, Procédures institutionnelles, Ressources humaines et formation</t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Opérateurs agréés</t>
   </si>
   <si>
     <t>31 décembre 2020</t>
   </si>
   <si>
     <t>29 décembre 2026</t>
   </si>
   <si>
     <t>Une évaluation interne a révélé qu'un délai supplémentaire ainsi qu'un soutien externe étaient nécessaires pour qu'un programme d'opérateurs agréés puisse être élaboré et mis en œuvre avec succès. Plus précisément, l'élaboration du cadre législatif et réglementaire doit se poursuivre de façon à tenir compte des nouveaux processus et des nouvelles procédures ainsi que de la nécessité de conclure des accords de reconnaissance mutuelle. Une assistance extérieure est également requise: i) pour renforcer les capacités des fonctionnaires des douanes; et ii) pour élaborer des programmes de sensibilisation visant à renforcer la coopération des intervenants potentiels en ce qui concerne le partage de renseignements confidentiels essentiels au processus et, en fin de compte, pour améliorer l'adoption du programme.</t>
   </si>
@@ -229,51 +229,51 @@
   <si>
     <t>10.2.1, 10.2.2, 10.2.3</t>
   </si>
   <si>
     <t>Acceptation de copies</t>
   </si>
   <si>
     <t>•	Réalisation d'une étude diagnostique sur l'existence et l'utilisation de politiques et de dispositions législatives concernant l'acceptation de copies à toutes les frontières et dans tous les organismes de réglementation, en vue de moderniser et de développer l'instrument adéquat, conformément aux normes internationales.</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Diagnostic et evaluation des besoins</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Guichet unique</t>
   </si>
   <si>
     <t>29 décembre 2023</t>
   </si>
   <si>
     <t>30 décembre 2026</t>
   </si>
   <si>
-    <t>CARICOM, Canada</t>
+    <t>CARICOM, Canada, WB, Trade Facilitation Agreement Facility, Canada-CARICOM EDI</t>
   </si>
   <si>
     <t>•	Formation et renforcement des capacités et assistance financière pour obtenir le soutien informatique nécessaire.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Ressources humaines et formation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -704,137 +704,149 @@
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>5.1</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>6.1</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>28</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
       <c r="J5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>6.2</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>28</v>
       </c>
       <c r="I6" t="s">
         <v>34</v>
       </c>
       <c r="J6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>7.4</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>28</v>
       </c>
       <c r="I7" t="s">
         <v>41</v>
       </c>
       <c r="J7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>7.6</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
         <v>44</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
@@ -852,108 +864,117 @@
       </c>
       <c r="J8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>7.7</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>52</v>
       </c>
       <c r="E9" t="s">
         <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>28</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
       <c r="J9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>7.9</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>28</v>
       </c>
       <c r="I10" t="s">
         <v>58</v>
       </c>
       <c r="J10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>10.2</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11" t="s">
         <v>40</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>28</v>
       </c>
       <c r="I11" t="s">
         <v>61</v>
       </c>
       <c r="J11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>10.4</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
         <v>65</v>
       </c>
       <c r="E12" t="s">
         <v>66</v>
       </c>