--- v0 (2025-11-09)
+++ v1 (2025-12-30)
@@ -135,51 +135,51 @@
   <si>
     <t>Technologies de l’information et de la communication (TIC), Infrastructure et equipment, Diagnostic et evaluation des besoins, Ressources humaines et formation</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notification</t>
   </si>
   <si>
     <t>	Mettre en place les points information</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC)</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Décisions anticipées</t>
   </si>
   <si>
     <t>22 février 2023</t>
   </si>
   <si>
-    <t>31 décembre 2025</t>
+    <t>31 décembre 2027</t>
   </si>
   <si>
     <t>	Créer un comité consultatif étudiant toutes les demandes donnant un avis motivé su directeur général des douanes
 	Mettre en place un système électronique pour la soumission et la publication des décisions anticipées (dans le cadre d'e-customs, ou les opérateurs peuvent postuler pour des décisions anticipées)
 	Organiser une formation sur la gestion et le traitement des requêtes
 	Organiser une formation à destination du secteur privé pour l'utilisation du système électronique
 	Mener une campagne de communication pour informer les bénéficiaires de l'existence de ce nouveau service</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Diagnostic et evaluation des besoins, Ressources humaines et formation, Sensibilisation</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
     <t>22 février 2024</t>
   </si>
   <si>
     <t>31 décembre 2030</t>
   </si>
   <si>
     <t>	Mettre sur pied un système de gestion des risques sanitaires