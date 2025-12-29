--- v0 (2025-10-18)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Date indicative de mise en œuvre</t>
   </si>
   <si>
     <t>Date définitive de mise en œuvre</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
@@ -175,50 +175,53 @@
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Opérateurs agréés</t>
   </si>
   <si>
     <t>COMESA, IMF</t>
   </si>
   <si>
     <t xml:space="preserve">1.	Assistance technique pour élaborer des lois afin de donner aux douanes le mandat approprié pour offrir aux négociants admissibles une facilitation des échanges additionnelle.
 2.	Mise au point d'un cadre de suivi grâce auquel les douanes peuvent établir la conformité de l'opérateur et en assurer le suivi.
 3.	Soutien pour la conception et la mise en œuvre d'un système approprié pour les opérateurs économiques agréés.
 4.	Formation des fonctionnaires des douanes et des acteurs concernés afin de faciliter l'établissement et la bonne mise en œuvre pour les opérateurs économiques agréés. 
 </t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Guichet unique</t>
+  </si>
+  <si>
+    <t>30 juin 2027</t>
   </si>
   <si>
     <t>Union européenne</t>
   </si>
   <si>
     <t xml:space="preserve">1.	Élaboration des lois, du cadre politique, de la stratégie et du mandat.
 2.	Réalisation d'une étude de faisabilité pour le guichet unique basé sur ASYCUDA World.
 3.	Conception, mise en œuvre et fonctionnement du guichet unique.
 4.	Formation de toutes les parties prenantes.
 5.	Financement pour acquérir l'équipement et les logiciels pertinents.
 6.	Mise en place de l'infrastructure informatique intégrée qui sera connectée au système existant/ou activera le MODULE DE GUICHET UNIQUE SYDONIA.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment, Diagnostic et evaluation des besoins, Ressources humaines et formation</t>
   </si>
   <si>
     <t>10.8.1, 10.8.2</t>
   </si>
   <si>
     <t>Marchandises refusées</t>
   </si>
   <si>
     <t xml:space="preserve">1.	Recherche de fonds pour l'acquisition d'équipements (comme un incinérateur) et de consommables à des fins d'essais.
 2. 	Soutien pour les formalités d'accréditation afin de contribuer à améliorer les capacités et les normes des laboratoires pour réaliser des essais sur des marchandises avant leur refus.
@@ -797,95 +800,95 @@
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
       <c r="I7" t="s">
         <v>45</v>
       </c>
       <c r="J7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>10.4</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>10.8</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>