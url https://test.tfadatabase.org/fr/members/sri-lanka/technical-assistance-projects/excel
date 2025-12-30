--- v0 (2025-10-18)
+++ v1 (2025-12-30)
@@ -12,132 +12,132 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Date indicative de mise en œuvre</t>
   </si>
   <si>
     <t>Date définitive de mise en œuvre</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.1.1 (a), 1.1.1 (b), 1.1.1 (c), 1.1.1 (d), 1.1.1 (e), 1.1.1 (f), 1.1.1 (g), 1.1.1 (h), 1.1.1 (i), 1.1.1 (j)</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>30 juin 2018</t>
   </si>
   <si>
     <t>31 décembre 2024</t>
   </si>
   <si>
     <t>Oui</t>
-  </si>
-[...1 lines deleted...]
-    <t>Non</t>
   </si>
   <si>
     <t xml:space="preserve">•	Soutien spécialisé pour l'élaboration d'un système de gestion de l'information.
 •	Soutien juridique spécialisé pour la rédaction des modifications légales à apporter aux ordonnances/lois/règlements existants.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Renseignements disponibles sur Internet</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/acts/regulations.
 •	ICT Infrastructure for internal information management systems, maintaining and upgrading agency website.
 •	Infrastructure (software) for Trade Information Portal.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment</t>
   </si>
   <si>
     <t>1.3.1, 1.3.2, 1.3.3, 1.3.4</t>
   </si>
   <si>
     <t>Points d'information</t>
   </si>
   <si>
     <t>30 juin 2023</t>
   </si>
   <si>
+    <t>WB</t>
+  </si>
+  <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	ICT infrastructure and technology for maintaining enquiry points.
 •	Staff capacity building on operating and maintaining enquiry points.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notification</t>
   </si>
   <si>
     <t>31 décembre 2025</t>
   </si>
   <si>
     <t>•	Soutien pour la création d'un guichet unique électronique pour la gestion de l'information qui indique les supports officiels où les renseignements sont publiés, l'adresse universelle du site Web du Portail d'information commerciale et les coordonnées des points d'information chargés de répondre aux demandes de renseignements, et qui permette de présenter des notifications de manière rapide et régulière.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC)</t>
   </si>
   <si>
     <t>2.1.1, 2.1.2, 2.1.3</t>
@@ -156,50 +156,53 @@
 •	Staff capacity building on developing procedures; managing notification and public comment on proposed laws and regulations.
 </t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Procédures institutionnelles, Ressources humaines et formation</t>
   </si>
   <si>
     <t>Consultations</t>
   </si>
   <si>
     <t>27 août 2024</t>
   </si>
   <si>
     <t xml:space="preserve">•	Soutien spécialisé pour l'élaboration d'une stratégie de consultation du public.
 •	Renforcement des capacités du personnel pour l'élaboration d'une stratégie/politique et de procédures de consultation et la tenue de consultations.
 </t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Décisions anticipées</t>
   </si>
   <si>
     <t>31 décembre 2018</t>
+  </si>
+  <si>
+    <t>ITC, BAD, Trade Facilitation Agreement Facility</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Equipment/technology for upgrading the laboratory.
 </t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Infrastructure et equipment</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on the design and establishment of a notification system for enhanced controls or inspections.
 •	Staff capacity building on implementing a notification system for enhanced controls or inspections.
 •	ICT Infrastructure for establishing an automated notification system.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment, Ressources humaines et formation</t>
   </si>
@@ -258,66 +261,72 @@
     <t>Cadre législatif et réglementaire</t>
   </si>
   <si>
     <t>7.4.1, 7.4.2, 7.4.3, 7.4.4</t>
   </si>
   <si>
     <t>Gestion des risques</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on the design and establishment of a risk management system.
 •	ICT Infrastructure and technology for an automated risk management system.
 •	Staff capacity building on implementing the risk management system.
 </t>
   </si>
   <si>
     <t>7.5.1, 7.5.2, 7.5.3, 7.5.4</t>
   </si>
   <si>
     <t>Contrôle après dédouanement</t>
   </si>
   <si>
     <t>21 août 2024</t>
   </si>
   <si>
+    <t>BAD</t>
+  </si>
+  <si>
     <t>7.6.1, 7.6.2</t>
   </si>
   <si>
     <t>Temps moyens nécessaires à la mainlevée</t>
   </si>
   <si>
     <t>15 décembre 2018</t>
   </si>
   <si>
     <t>•	Staff capacity building on designing, planning and implementing TRS.</t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Opérateurs agréés</t>
+  </si>
+  <si>
+    <t>USAID</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Staff capacity building on design, implementation and review of authorized trader scheme.
 </t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>7.9.1 (a), 7.9.1 (b), 7.9.2, 7.9.3, 7.9.4</t>
   </si>
   <si>
     <t>Marchandises périssable</t>
   </si>
   <si>
     <t xml:space="preserve">•	Expert support on developing a coordination mechanism for relevant border agencies on prioritized examination of perishable goods.
 •	Advance testing facilities and technology.
 •	Staff capacity building on the use of advanced testing facilities and techniques.
 </t>
   </si>
   <si>
     <t>Infrastructure et equipment, Procédures institutionnelles, Ressources humaines et formation</t>
   </si>
   <si>
@@ -359,50 +368,53 @@
 •	Capacity building support to staff on the benefits of electronic documentation and processes.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment, Ressources humaines et formation, Sensibilisation</t>
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Utilisation des normes internationales</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Capacity building support to staff on the relevant international standards, testing procedures and international best practices.
 </t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Guichet unique</t>
   </si>
   <si>
     <t>31 décembre 2022</t>
+  </si>
+  <si>
+    <t>WB, BAD, CNUCED</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on developing a blueprint for the NSW.
 •	ICT Infrastructure for automation at each agency.
 •	ICT infrastructure for the NSW.
 •	Staff capacity building on implementing the NSW.
 </t>
   </si>
   <si>
     <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.3, 12.4.1 (a), 12.4.1 (b), 12.4.1 (c), 12.4.1 (d), 12.4.1 (e), 12.4.1 (f), 12.4.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2, 12.12.1, 12.12.2</t>
   </si>
   <si>
     <t>Coopération Douanière</t>
   </si>
   <si>
     <t>•	Soutien spécialisé pour l'élaboration d'un régime de respect volontaire.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
@@ -783,695 +795,731 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
         <v>1.1</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" t="s">
         <v>15</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>1.2</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>1.3</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>25</v>
       </c>
       <c r="J4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>1.4</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>30</v>
       </c>
       <c r="J5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>2.1</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I6" t="s">
         <v>36</v>
       </c>
       <c r="J6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>2.2</v>
       </c>
       <c r="B7">
         <v>2.2</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I7" t="s">
         <v>40</v>
       </c>
       <c r="J7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
       </c>
       <c r="I8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>5.1</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>24</v>
       </c>
-      <c r="F9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>5.3</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
+        <v>24</v>
       </c>
       <c r="I10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>6.1</v>
       </c>
       <c r="B11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
+        <v>24</v>
       </c>
       <c r="I11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>6.2</v>
       </c>
       <c r="B12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>43</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
+        <v>24</v>
       </c>
       <c r="I12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>7.3</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
         <v>43</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>7.4</v>
       </c>
       <c r="B14" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>29</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
+        <v>24</v>
       </c>
       <c r="I14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.5</v>
       </c>
       <c r="B15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
+        <v>73</v>
       </c>
       <c r="I15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>7.6</v>
       </c>
       <c r="B16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
       </c>
       <c r="I16" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="J16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>7.7</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D17" t="s">
         <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
       </c>
       <c r="I17" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="J17" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>7.9</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
         <v>34</v>
       </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
+        <v>24</v>
       </c>
       <c r="I18" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="J18" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>34</v>
       </c>
       <c r="E19" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="J19" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>10.1</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>35</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I20" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="J20" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>10.2</v>
       </c>
       <c r="B21" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D21" t="s">
         <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>35</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J21" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>10.3</v>
       </c>
       <c r="B22" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>29</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I22" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="J22" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>10.4</v>
       </c>
       <c r="B23" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D23" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E23" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
+        <v>104</v>
       </c>
       <c r="I23" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="J23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>12</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D24" t="s">
         <v>34</v>
       </c>
       <c r="E24" t="s">
         <v>29</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I24" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="J24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">