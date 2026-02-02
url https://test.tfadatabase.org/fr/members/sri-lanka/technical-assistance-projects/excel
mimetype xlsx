--- v1 (2025-12-30)
+++ v2 (2026-02-02)
@@ -109,97 +109,97 @@
   <si>
     <t>Points d'information</t>
   </si>
   <si>
     <t>30 juin 2023</t>
   </si>
   <si>
     <t>WB</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	ICT infrastructure and technology for maintaining enquiry points.
 •	Staff capacity building on operating and maintaining enquiry points.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notification</t>
   </si>
   <si>
-    <t>31 décembre 2025</t>
+    <t>10 octobre 2025</t>
   </si>
   <si>
     <t>•	Soutien pour la création d'un guichet unique électronique pour la gestion de l'information qui indique les supports officiels où les renseignements sont publiés, l'adresse universelle du site Web du Portail d'information commerciale et les coordonnées des points d'information chargés de répondre aux demandes de renseignements, et qui permette de présenter des notifications de manière rapide et régulière.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC)</t>
   </si>
   <si>
     <t>2.1.1, 2.1.2, 2.1.3</t>
   </si>
   <si>
     <t>Observations et renseignements avant l'entrée en vigueur</t>
   </si>
   <si>
     <t>31 décembre 2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>31 décembre 2026</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Staff capacity building on developing procedures; managing notification and public comment on proposed laws and regulations.
 </t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Procédures institutionnelles, Ressources humaines et formation</t>
   </si>
   <si>
     <t>Consultations</t>
   </si>
   <si>
     <t>27 août 2024</t>
   </si>
   <si>
     <t xml:space="preserve">•	Soutien spécialisé pour l'élaboration d'une stratégie de consultation du public.
 •	Renforcement des capacités du personnel pour l'élaboration d'une stratégie/politique et de procédures de consultation et la tenue de consultations.
 </t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Décisions anticipées</t>
   </si>
   <si>
     <t>31 décembre 2018</t>
+  </si>
+  <si>
+    <t>31 décembre 2025</t>
   </si>
   <si>
     <t>ITC, BAD, Trade Facilitation Agreement Facility</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Equipment/technology for upgrading the laboratory.
 </t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Infrastructure et equipment</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on the design and establishment of a notification system for enhanced controls or inspections.
 •	Staff capacity building on implementing a notification system for enhanced controls or inspections.
 •	ICT Infrastructure for establishing an automated notification system.
 </t>
   </si>
@@ -908,109 +908,109 @@
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>30</v>
       </c>
       <c r="J5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>2.1</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" t="s">
         <v>35</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>2.2</v>
       </c>
       <c r="B7">
         <v>2.2</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="I7" t="s">
         <v>39</v>
       </c>
-      <c r="F7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>42</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>44</v>
       </c>
       <c r="I8" t="s">
         <v>45</v>
       </c>
       <c r="J8" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>5.1</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
@@ -1091,144 +1091,144 @@
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>24</v>
       </c>
       <c r="I11" t="s">
         <v>57</v>
       </c>
       <c r="J11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>6.2</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" t="s">
         <v>60</v>
       </c>
       <c r="D12" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E12" t="s">
         <v>56</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>24</v>
       </c>
       <c r="I12" t="s">
         <v>61</v>
       </c>
       <c r="J12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>7.3</v>
       </c>
       <c r="B13" t="s">
         <v>63</v>
       </c>
       <c r="C13" t="s">
         <v>64</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
         <v>65</v>
       </c>
       <c r="J13" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>7.4</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E14" t="s">
         <v>29</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>24</v>
       </c>
       <c r="I14" t="s">
         <v>69</v>
       </c>
       <c r="J14" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.5</v>
       </c>
       <c r="B15" t="s">
         <v>70</v>
       </c>
       <c r="C15" t="s">
         <v>71</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
         <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>73</v>
       </c>
       <c r="I15" t="s">
         <v>65</v>
       </c>
       <c r="J15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>7.6</v>
       </c>
       <c r="B16" t="s">
@@ -1327,97 +1327,97 @@
       <c r="A19">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>34</v>
       </c>
       <c r="E19" t="s">
         <v>89</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
         <v>90</v>
       </c>
       <c r="J19" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>10.1</v>
       </c>
       <c r="B20" t="s">
         <v>91</v>
       </c>
       <c r="C20" t="s">
         <v>92</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
         <v>93</v>
       </c>
       <c r="J20" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>10.2</v>
       </c>
       <c r="B21" t="s">
         <v>94</v>
       </c>
       <c r="C21" t="s">
         <v>95</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
         <v>96</v>
       </c>
       <c r="J21" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>10.3</v>
       </c>
       <c r="B22" t="s">
         <v>98</v>
       </c>
       <c r="C22" t="s">
         <v>99</v>
       </c>
       <c r="D22" t="s">